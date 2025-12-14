--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ontextron-my.sharepoint.com/personal/c29649_txt_textron_com/Documents/Specifications/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{FE45CDF7-0036-4334-B399-1EA7BA6E3A94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B09E7DEC-6358-4E2B-9380-EC1A160AA808}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C650CA14-87EA-4ECA-B4BF-36E1A250CB94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4151" uniqueCount="2666">
   <si>
     <t>Doc #</t>
@@ -8065,51 +8065,51 @@
   <si>
     <t>BAER6054</t>
   </si>
   <si>
     <t>EPOXY RESIN PRE-IMPERGNATED 120 LIGHTWEIGHT GLASSCLOTH, ELEVATED TEMPERATURE -</t>
   </si>
   <si>
     <t>BAER7004</t>
   </si>
   <si>
     <t>THE REQUIREMENTS AND APPROVAL PROCEDURE FOR IMPROVED</t>
   </si>
   <si>
     <t>BAEREF000005705</t>
   </si>
   <si>
     <t>SILICONE RUBBER TUBING</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t xml:space="preserve">BAEP9069R2-PSD3 </t>
   </si>
   <si>
-    <t>Revised 1/7/2025</t>
+    <t>Revised 11/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -8219,51 +8219,51 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -8291,51 +8291,50 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -8604,66 +8603,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E1425"/>
+  <dimension ref="A1:D1425"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A20" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G31" sqref="G31"/>
+      <selection activeCell="H27" sqref="H27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="21.5703125" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="1.42578125" customWidth="1"/>
+    <col min="1" max="1" width="21.5546875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="76.6640625" style="11" customWidth="1"/>
+    <col min="3" max="3" width="9.5546875" style="16" customWidth="1"/>
+    <col min="4" max="4" width="14.109375" style="16" customWidth="1"/>
+    <col min="5" max="5" width="1.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" thickBot="1"/>
+    <row r="1" spans="1:4" ht="15" thickBot="1"/>
     <row r="2" spans="1:4" ht="32.25" customHeight="1" thickBot="1">
       <c r="A2" s="7"/>
       <c r="B2" s="12" t="s">
         <v>2041</v>
       </c>
       <c r="C2" s="18"/>
       <c r="D2" s="22" t="s">
         <v>2665</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
@@ -8826,287 +8825,286 @@
       </c>
       <c r="B15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="14">
         <v>3</v>
       </c>
       <c r="D15" s="21">
         <v>40070</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="14">
         <v>5</v>
       </c>
       <c r="D16" s="21">
         <v>42188</v>
       </c>
     </row>
-    <row r="17" spans="1:5">
+    <row r="17" spans="1:4">
       <c r="A17" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>271</v>
       </c>
       <c r="C17" s="14" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="21">
         <v>21353</v>
       </c>
     </row>
-    <row r="18" spans="1:5">
+    <row r="18" spans="1:4">
       <c r="A18" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>203</v>
       </c>
       <c r="C18" s="14">
         <v>0</v>
       </c>
       <c r="D18" s="21">
         <v>20775</v>
       </c>
     </row>
-    <row r="19" spans="1:5">
+    <row r="19" spans="1:4">
       <c r="A19" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>197</v>
       </c>
       <c r="C19" s="14" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="21">
         <v>21838</v>
       </c>
     </row>
-    <row r="20" spans="1:5">
+    <row r="20" spans="1:4">
       <c r="A20" s="2" t="s">
         <v>1980</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>1981</v>
       </c>
       <c r="C20" s="14">
         <v>40</v>
       </c>
       <c r="D20" s="21">
         <v>44481</v>
       </c>
-      <c r="E20" s="25"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:5">
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="15" t="s">
         <v>1960</v>
       </c>
       <c r="C21" s="20" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="23">
         <v>36040</v>
       </c>
     </row>
-    <row r="22" spans="1:5">
+    <row r="22" spans="1:4">
       <c r="A22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C22" s="14">
         <v>0</v>
       </c>
       <c r="D22" s="21">
         <v>24384</v>
       </c>
     </row>
-    <row r="23" spans="1:5">
+    <row r="23" spans="1:4">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="15" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="20" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="23">
         <v>36040</v>
       </c>
     </row>
-    <row r="24" spans="1:5">
+    <row r="24" spans="1:4">
       <c r="A24" s="3" t="s">
         <v>2019</v>
       </c>
       <c r="B24" s="15" t="s">
         <v>2020</v>
       </c>
       <c r="C24" s="20">
         <v>4</v>
       </c>
       <c r="D24" s="23">
         <v>42250</v>
       </c>
     </row>
-    <row r="25" spans="1:5" s="1" customFormat="1">
+    <row r="25" spans="1:4" s="1" customFormat="1">
       <c r="A25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C25" s="14">
         <v>0</v>
       </c>
       <c r="D25" s="21">
         <v>24471</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="1" customFormat="1">
+    <row r="26" spans="1:4" s="1" customFormat="1">
       <c r="A26" s="2" t="s">
         <v>2034</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>2040</v>
       </c>
       <c r="C26" s="14">
         <v>17</v>
       </c>
       <c r="D26" s="21">
         <v>45523</v>
       </c>
     </row>
-    <row r="27" spans="1:5" s="1" customFormat="1">
+    <row r="27" spans="1:4" s="1" customFormat="1">
       <c r="A27" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="14">
         <v>0</v>
       </c>
       <c r="D27" s="21">
         <v>25612</v>
       </c>
     </row>
-    <row r="28" spans="1:5" s="1" customFormat="1">
+    <row r="28" spans="1:4" s="1" customFormat="1">
       <c r="A28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="14">
         <v>3</v>
       </c>
       <c r="D28" s="21">
         <v>39454</v>
       </c>
     </row>
-    <row r="29" spans="1:5" s="1" customFormat="1">
+    <row r="29" spans="1:4" s="1" customFormat="1">
       <c r="A29" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>218</v>
       </c>
       <c r="C29" s="14">
         <v>2</v>
       </c>
       <c r="D29" s="21">
         <v>40340</v>
       </c>
     </row>
-    <row r="30" spans="1:5" s="1" customFormat="1">
+    <row r="30" spans="1:4" s="1" customFormat="1">
       <c r="A30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="14">
         <v>7</v>
       </c>
       <c r="D30" s="21">
         <v>40914</v>
       </c>
     </row>
-    <row r="31" spans="1:5">
+    <row r="31" spans="1:4">
       <c r="A31" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="14">
         <v>0</v>
       </c>
       <c r="D31" s="21">
         <v>26596</v>
       </c>
     </row>
-    <row r="32" spans="1:5">
+    <row r="32" spans="1:4">
       <c r="A32" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="14">
         <v>0</v>
       </c>
       <c r="D32" s="21">
         <v>26732</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>1987</v>
       </c>
       <c r="C33" s="14">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D33" s="21">
-        <v>43116</v>
+        <v>45967</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="14" t="s">
         <v>86</v>
       </c>
       <c r="D34" s="21">
         <v>24495</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>65</v>
@@ -9359,51 +9357,51 @@
       </c>
       <c r="B53" s="14" t="s">
         <v>1995</v>
       </c>
       <c r="C53" s="14">
         <v>7</v>
       </c>
       <c r="D53" s="21">
         <v>41821</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>282</v>
       </c>
       <c r="C54" s="14">
         <v>3</v>
       </c>
       <c r="D54" s="21">
         <v>41729</v>
       </c>
     </row>
-    <row r="55" spans="1:4" ht="30">
+    <row r="55" spans="1:4" ht="28.8">
       <c r="A55" s="2" t="s">
         <v>2031</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>2039</v>
       </c>
       <c r="C55" s="14">
         <v>5</v>
       </c>
       <c r="D55" s="21">
         <v>43439</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>248</v>
       </c>
       <c r="C56" s="14">
         <v>0</v>
       </c>
       <c r="D56" s="21">
         <v>31461</v>
@@ -9443,51 +9441,51 @@
       </c>
       <c r="B59" s="14" t="s">
         <v>1993</v>
       </c>
       <c r="C59" s="14">
         <v>4</v>
       </c>
       <c r="D59" s="21">
         <v>39146</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B60" s="15" t="s">
         <v>300</v>
       </c>
       <c r="C60" s="20" t="s">
         <v>48</v>
       </c>
       <c r="D60" s="23">
         <v>34590</v>
       </c>
     </row>
-    <row r="61" spans="1:4" ht="45">
+    <row r="61" spans="1:4" ht="43.2">
       <c r="A61" s="3" t="s">
         <v>2042</v>
       </c>
       <c r="B61" s="15" t="s">
         <v>2043</v>
       </c>
       <c r="C61" s="20">
         <v>14</v>
       </c>
       <c r="D61" s="23">
         <v>44407</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="14">
         <v>6</v>
       </c>
       <c r="D62" s="21">
         <v>41821</v>
@@ -9779,79 +9777,79 @@
       </c>
       <c r="B83" s="8" t="s">
         <v>214</v>
       </c>
       <c r="C83" s="14">
         <v>6</v>
       </c>
       <c r="D83" s="21">
         <v>43854</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C84" s="14">
         <v>2</v>
       </c>
       <c r="D84" s="21">
         <v>38078</v>
       </c>
     </row>
-    <row r="85" spans="1:4" ht="30">
+    <row r="85" spans="1:4" ht="28.8">
       <c r="A85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="14">
         <v>23</v>
       </c>
       <c r="D85" s="21">
         <v>44193</v>
       </c>
     </row>
-    <row r="86" spans="1:4" ht="30">
+    <row r="86" spans="1:4">
       <c r="A86" s="2" t="s">
         <v>2033</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>2037</v>
       </c>
       <c r="C86" s="14">
         <v>23</v>
       </c>
       <c r="D86" s="21">
         <v>45030</v>
       </c>
     </row>
-    <row r="87" spans="1:4" ht="30">
+    <row r="87" spans="1:4" ht="28.8">
       <c r="A87" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>1971</v>
       </c>
       <c r="C87" s="14" t="s">
         <v>70</v>
       </c>
       <c r="D87" s="21">
         <v>20815</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="2" t="s">
         <v>2017</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>313</v>
       </c>
       <c r="C88" s="14" t="s">
         <v>1384</v>
       </c>
       <c r="D88" s="21">
         <v>36636</v>
@@ -9863,51 +9861,51 @@
       </c>
       <c r="B89" s="8" t="s">
         <v>313</v>
       </c>
       <c r="C89" s="14">
         <v>0</v>
       </c>
       <c r="D89" s="21">
         <v>28842</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>269</v>
       </c>
       <c r="C90" s="14">
         <v>0</v>
       </c>
       <c r="D90" s="21">
         <v>21724</v>
       </c>
     </row>
-    <row r="91" spans="1:4" ht="30">
+    <row r="91" spans="1:4">
       <c r="A91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C91" s="14">
         <v>5</v>
       </c>
       <c r="D91" s="21">
         <v>40332</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C92" s="14">
         <v>1</v>
       </c>
       <c r="D92" s="21">
         <v>39196</v>
@@ -10143,79 +10141,79 @@
       </c>
       <c r="B109" s="8" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="14">
         <v>1</v>
       </c>
       <c r="D109" s="21">
         <v>40331</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C110" s="14">
         <v>1</v>
       </c>
       <c r="D110" s="21">
         <v>40591</v>
       </c>
     </row>
-    <row r="111" spans="1:4" ht="30">
+    <row r="111" spans="1:4">
       <c r="A111" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="14">
         <v>2</v>
       </c>
       <c r="D111" s="21">
         <v>40346</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C112" s="14" t="s">
         <v>62</v>
       </c>
       <c r="D112" s="21">
         <v>29791</v>
       </c>
     </row>
-    <row r="113" spans="1:4" ht="30">
+    <row r="113" spans="1:4">
       <c r="A113" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>212</v>
       </c>
       <c r="C113" s="14">
         <v>2</v>
       </c>
       <c r="D113" s="21">
         <v>40695</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>195</v>
       </c>
       <c r="C114" s="14">
         <v>0</v>
       </c>
       <c r="D114" s="21">
         <v>22248</v>
@@ -10451,51 +10449,51 @@
       </c>
       <c r="B131" s="8" t="s">
         <v>209</v>
       </c>
       <c r="C131" s="14">
         <v>0</v>
       </c>
       <c r="D131" s="21">
         <v>19436</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="14">
         <v>1</v>
       </c>
       <c r="D132" s="21">
         <v>44531</v>
       </c>
     </row>
-    <row r="133" spans="1:4" ht="30">
+    <row r="133" spans="1:4" ht="28.8">
       <c r="A133" s="2" t="s">
         <v>2044</v>
       </c>
       <c r="B133" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C133" s="14">
         <v>8</v>
       </c>
       <c r="D133" s="21">
         <v>43489</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C134" s="14">
         <v>3</v>
       </c>
       <c r="D134" s="21">
         <v>37832</v>
@@ -11221,51 +11219,51 @@
       </c>
       <c r="B186" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C186" s="14" t="s">
         <v>48</v>
       </c>
       <c r="D186" s="21">
         <v>23781</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="B187" s="14" t="s">
         <v>1985</v>
       </c>
       <c r="C187" s="14" t="s">
         <v>48</v>
       </c>
       <c r="D187" s="21">
         <v>21794</v>
       </c>
     </row>
-    <row r="188" spans="1:4" ht="30">
+    <row r="188" spans="1:4" ht="28.8">
       <c r="A188" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B188" s="8" t="s">
         <v>1969</v>
       </c>
       <c r="C188" s="14">
         <v>1</v>
       </c>
       <c r="D188" s="21">
         <v>41570</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B189" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C189" s="14">
         <v>0</v>
       </c>
       <c r="D189" s="21">
         <v>23302</v>
@@ -11291,51 +11289,51 @@
       </c>
       <c r="B191" s="8" t="s">
         <v>252</v>
       </c>
       <c r="C191" s="14" t="s">
         <v>48</v>
       </c>
       <c r="D191" s="21">
         <v>28730</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B192" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C192" s="14">
         <v>0</v>
       </c>
       <c r="D192" s="21">
         <v>23362</v>
       </c>
     </row>
-    <row r="193" spans="1:4" ht="30">
+    <row r="193" spans="1:4" ht="28.8">
       <c r="A193" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B193" s="8" t="s">
         <v>1970</v>
       </c>
       <c r="C193" s="14" t="s">
         <v>86</v>
       </c>
       <c r="D193" s="21">
         <v>23827</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B194" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C194" s="14" t="s">
         <v>48</v>
       </c>
       <c r="D194" s="21">
         <v>23764</v>
@@ -12089,51 +12087,51 @@
       </c>
       <c r="B248" s="8" t="s">
         <v>421</v>
       </c>
       <c r="C248" s="14" t="s">
         <v>330</v>
       </c>
       <c r="D248" s="21">
         <v>36073.208333333336</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="2" t="s">
         <v>425</v>
       </c>
       <c r="B249" s="8" t="s">
         <v>421</v>
       </c>
       <c r="C249" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D249" s="21">
         <v>36657.208333333336</v>
       </c>
     </row>
-    <row r="250" spans="1:4" ht="30">
+    <row r="250" spans="1:4">
       <c r="A250" s="2" t="s">
         <v>426</v>
       </c>
       <c r="B250" s="8" t="s">
         <v>427</v>
       </c>
       <c r="C250" s="14" t="s">
         <v>333</v>
       </c>
       <c r="D250" s="21">
         <v>39289.208333333336</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="2" t="s">
         <v>428</v>
       </c>
       <c r="B251" s="8" t="s">
         <v>423</v>
       </c>
       <c r="C251" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D251" s="21">
         <v>39560.208333333336</v>
@@ -12621,51 +12619,51 @@
       </c>
       <c r="B286" s="8" t="s">
         <v>492</v>
       </c>
       <c r="C286" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D286" s="21">
         <v>38125.208333333336</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="2" t="s">
         <v>494</v>
       </c>
       <c r="B287" s="8" t="s">
         <v>495</v>
       </c>
       <c r="C287" s="14" t="s">
         <v>333</v>
       </c>
       <c r="D287" s="21">
         <v>34933.208333333336</v>
       </c>
     </row>
-    <row r="288" spans="1:4" ht="30">
+    <row r="288" spans="1:4" ht="28.8">
       <c r="A288" s="2" t="s">
         <v>496</v>
       </c>
       <c r="B288" s="8" t="s">
         <v>497</v>
       </c>
       <c r="C288" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D288" s="21">
         <v>39231.208333333336</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="2" t="s">
         <v>498</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>499</v>
       </c>
       <c r="C289" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D289" s="21">
         <v>34933.208333333336</v>
@@ -13237,51 +13235,51 @@
       </c>
       <c r="B330" s="8" t="s">
         <v>573</v>
       </c>
       <c r="C330" s="14" t="s">
         <v>330</v>
       </c>
       <c r="D330" s="21">
         <v>37267.25</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="2" t="s">
         <v>574</v>
       </c>
       <c r="B331" s="8" t="s">
         <v>575</v>
       </c>
       <c r="C331" s="14" t="s">
         <v>327</v>
       </c>
       <c r="D331" s="21">
         <v>34934.208333333336</v>
       </c>
     </row>
-    <row r="332" spans="1:4" ht="30">
+    <row r="332" spans="1:4" ht="28.8">
       <c r="A332" s="2" t="s">
         <v>576</v>
       </c>
       <c r="B332" s="8" t="s">
         <v>1972</v>
       </c>
       <c r="C332" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D332" s="21">
         <v>41221.25</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="2" t="s">
         <v>577</v>
       </c>
       <c r="B333" s="8" t="s">
         <v>578</v>
       </c>
       <c r="C333" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D333" s="21">
         <v>34934.208333333336</v>
@@ -14735,51 +14733,51 @@
       </c>
       <c r="B437" s="8" t="s">
         <v>769</v>
       </c>
       <c r="C437" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D437" s="21">
         <v>34934.208333333336</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="2" t="s">
         <v>770</v>
       </c>
       <c r="B438" s="8" t="s">
         <v>1962</v>
       </c>
       <c r="C438" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D438" s="21">
         <v>34934.208333333336</v>
       </c>
     </row>
-    <row r="439" spans="1:4" ht="30">
+    <row r="439" spans="1:4" ht="28.8">
       <c r="A439" s="2" t="s">
         <v>771</v>
       </c>
       <c r="B439" s="8" t="s">
         <v>1973</v>
       </c>
       <c r="C439" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D439" s="21">
         <v>34934.208333333336</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="2" t="s">
         <v>772</v>
       </c>
       <c r="B440" s="8" t="s">
         <v>773</v>
       </c>
       <c r="C440" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D440" s="21">
         <v>34934.208333333336</v>
@@ -14959,51 +14957,51 @@
       </c>
       <c r="B453" s="8" t="s">
         <v>794</v>
       </c>
       <c r="C453" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D453" s="21">
         <v>40319.208333333336</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="2" t="s">
         <v>795</v>
       </c>
       <c r="B454" s="8" t="s">
         <v>796</v>
       </c>
       <c r="C454" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D454" s="21">
         <v>34934.208333333336</v>
       </c>
     </row>
-    <row r="455" spans="1:4" ht="30">
+    <row r="455" spans="1:4" ht="28.8">
       <c r="A455" s="2" t="s">
         <v>797</v>
       </c>
       <c r="B455" s="8" t="s">
         <v>1974</v>
       </c>
       <c r="C455" s="14" t="s">
         <v>335</v>
       </c>
       <c r="D455" s="21">
         <v>39483.25</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="2" t="s">
         <v>798</v>
       </c>
       <c r="B456" s="8" t="s">
         <v>799</v>
       </c>
       <c r="C456" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D456" s="21">
         <v>34934.208333333336</v>
@@ -17913,51 +17911,51 @@
       </c>
       <c r="B664" s="8" t="s">
         <v>1190</v>
       </c>
       <c r="C664" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D664" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="B665" s="8" t="s">
         <v>1192</v>
       </c>
       <c r="C665" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D665" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
-    <row r="666" spans="1:4" ht="30">
+    <row r="666" spans="1:4">
       <c r="A666" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="B666" s="8" t="s">
         <v>1194</v>
       </c>
       <c r="C666" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D666" s="21">
         <v>34932.208333333336</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="B667" s="8" t="s">
         <v>1196</v>
       </c>
       <c r="C667" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D667" s="21">
         <v>34937.208333333336</v>
@@ -18725,79 +18723,79 @@
       </c>
       <c r="B722" s="8" t="s">
         <v>1286</v>
       </c>
       <c r="C722" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D722" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="B723" s="8" t="s">
         <v>1288</v>
       </c>
       <c r="C723" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D723" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
-    <row r="724" spans="1:4" ht="30">
+    <row r="724" spans="1:4" ht="28.8">
       <c r="A724" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="B724" s="8" t="s">
         <v>1290</v>
       </c>
       <c r="C724" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D724" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="B725" s="8" t="s">
         <v>1292</v>
       </c>
       <c r="C725" s="14" t="s">
         <v>330</v>
       </c>
       <c r="D725" s="21">
         <v>35053.25</v>
       </c>
     </row>
-    <row r="726" spans="1:4" ht="30">
+    <row r="726" spans="1:4">
       <c r="A726" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="B726" s="8" t="s">
         <v>1294</v>
       </c>
       <c r="C726" s="14" t="s">
         <v>358</v>
       </c>
       <c r="D726" s="21">
         <v>34937.208333333336</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="B727" s="8" t="s">
         <v>1296</v>
       </c>
       <c r="C727" s="14" t="s">
         <v>342</v>
       </c>
       <c r="D727" s="21">
         <v>34937.208333333336</v>
@@ -19369,51 +19367,51 @@
       </c>
       <c r="B768" s="17" t="s">
         <v>1392</v>
       </c>
       <c r="C768" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D768" s="24">
         <v>32618.208333333332</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="4" t="s">
         <v>1393</v>
       </c>
       <c r="B769" s="17" t="s">
         <v>1394</v>
       </c>
       <c r="C769" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D769" s="24">
         <v>31457.25</v>
       </c>
     </row>
-    <row r="770" spans="1:4" ht="24">
+    <row r="770" spans="1:4" ht="22.8">
       <c r="A770" s="4" t="s">
         <v>1395</v>
       </c>
       <c r="B770" s="17" t="s">
         <v>1396</v>
       </c>
       <c r="C770" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D770" s="24">
         <v>31463.25</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="4" t="s">
         <v>1397</v>
       </c>
       <c r="B771" s="17" t="s">
         <v>1398</v>
       </c>
       <c r="C771" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D771" s="24">
         <v>31457.25</v>
@@ -19425,51 +19423,51 @@
       </c>
       <c r="B772" s="17" t="s">
         <v>1400</v>
       </c>
       <c r="C772" s="17" t="s">
         <v>1401</v>
       </c>
       <c r="D772" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="4" t="s">
         <v>1402</v>
       </c>
       <c r="B773" s="17" t="s">
         <v>1403</v>
       </c>
       <c r="C773" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D773" s="24">
         <v>31457.25</v>
       </c>
     </row>
-    <row r="774" spans="1:4" ht="24">
+    <row r="774" spans="1:4">
       <c r="A774" s="4" t="s">
         <v>1404</v>
       </c>
       <c r="B774" s="17" t="s">
         <v>1405</v>
       </c>
       <c r="C774" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D774" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="4" t="s">
         <v>1406</v>
       </c>
       <c r="B775" s="17" t="s">
         <v>1407</v>
       </c>
       <c r="C775" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D775" s="24">
         <v>31457.25</v>
@@ -19593,51 +19591,51 @@
       </c>
       <c r="B784" s="17" t="s">
         <v>1425</v>
       </c>
       <c r="C784" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D784" s="24">
         <v>31463.25</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="4" t="s">
         <v>1426</v>
       </c>
       <c r="B785" s="17" t="s">
         <v>1427</v>
       </c>
       <c r="C785" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D785" s="24">
         <v>31457.25</v>
       </c>
     </row>
-    <row r="786" spans="1:4" ht="24">
+    <row r="786" spans="1:4" ht="22.8">
       <c r="A786" s="4" t="s">
         <v>1428</v>
       </c>
       <c r="B786" s="17" t="s">
         <v>1429</v>
       </c>
       <c r="C786" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D786" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="4" t="s">
         <v>1430</v>
       </c>
       <c r="B787" s="17" t="s">
         <v>1431</v>
       </c>
       <c r="C787" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D787" s="24">
         <v>22956.25</v>
@@ -20517,51 +20515,51 @@
       </c>
       <c r="B850" s="17" t="s">
         <v>1560</v>
       </c>
       <c r="C850" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D850" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="4" t="s">
         <v>1561</v>
       </c>
       <c r="B851" s="17" t="s">
         <v>1562</v>
       </c>
       <c r="C851" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D851" s="24">
         <v>31457.25</v>
       </c>
     </row>
-    <row r="852" spans="1:4" ht="24">
+    <row r="852" spans="1:4" ht="22.8">
       <c r="A852" s="4" t="s">
         <v>1563</v>
       </c>
       <c r="B852" s="17" t="s">
         <v>1564</v>
       </c>
       <c r="C852" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D852" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="4" t="s">
         <v>1565</v>
       </c>
       <c r="B853" s="17" t="s">
         <v>1566</v>
       </c>
       <c r="C853" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D853" s="24">
         <v>31468.25</v>
@@ -21091,51 +21089,51 @@
       </c>
       <c r="B891" s="17" t="s">
         <v>1640</v>
       </c>
       <c r="C891" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D891" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="4" t="s">
         <v>1641</v>
       </c>
       <c r="B892" s="17" t="s">
         <v>1642</v>
       </c>
       <c r="C892" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D892" s="24">
         <v>31471.25</v>
       </c>
     </row>
-    <row r="893" spans="1:4" ht="24">
+    <row r="893" spans="1:4" ht="22.8">
       <c r="A893" s="4" t="s">
         <v>1643</v>
       </c>
       <c r="B893" s="17" t="s">
         <v>1644</v>
       </c>
       <c r="C893" s="17" t="s">
         <v>1401</v>
       </c>
       <c r="D893" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="4" t="s">
         <v>1645</v>
       </c>
       <c r="B894" s="17" t="s">
         <v>1646</v>
       </c>
       <c r="C894" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D894" s="24">
         <v>32829.25</v>
@@ -21203,51 +21201,51 @@
       </c>
       <c r="B899" s="17" t="s">
         <v>1656</v>
       </c>
       <c r="C899" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D899" s="24">
         <v>31477.25</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="4" t="s">
         <v>1657</v>
       </c>
       <c r="B900" s="17" t="s">
         <v>1658</v>
       </c>
       <c r="C900" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D900" s="24">
         <v>31939.208333333332</v>
       </c>
     </row>
-    <row r="901" spans="1:4" ht="24">
+    <row r="901" spans="1:4" ht="22.8">
       <c r="A901" s="4" t="s">
         <v>1659</v>
       </c>
       <c r="B901" s="17" t="s">
         <v>1660</v>
       </c>
       <c r="C901" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D901" s="24">
         <v>32314.208333333332</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="4" t="s">
         <v>1661</v>
       </c>
       <c r="B902" s="17" t="s">
         <v>1662</v>
       </c>
       <c r="C902" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D902" s="24">
         <v>31463.25</v>
@@ -21329,51 +21327,51 @@
       </c>
       <c r="B908" s="17" t="s">
         <v>1674</v>
       </c>
       <c r="C908" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D908" s="24">
         <v>31829.25</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="4" t="s">
         <v>1675</v>
       </c>
       <c r="B909" s="17" t="s">
         <v>1676</v>
       </c>
       <c r="C909" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D909" s="24">
         <v>31470.25</v>
       </c>
     </row>
-    <row r="910" spans="1:4" ht="24">
+    <row r="910" spans="1:4" ht="22.8">
       <c r="A910" s="4" t="s">
         <v>1677</v>
       </c>
       <c r="B910" s="17" t="s">
         <v>1966</v>
       </c>
       <c r="C910" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D910" s="24">
         <v>31471.25</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="4" t="s">
         <v>1678</v>
       </c>
       <c r="B911" s="17" t="s">
         <v>1679</v>
       </c>
       <c r="C911" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D911" s="24">
         <v>31471.25</v>
@@ -22169,93 +22167,93 @@
       </c>
       <c r="B968" s="17" t="s">
         <v>1791</v>
       </c>
       <c r="C968" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D968" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="4" t="s">
         <v>1792</v>
       </c>
       <c r="B969" s="17" t="s">
         <v>1793</v>
       </c>
       <c r="C969" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D969" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="970" spans="1:4" ht="24">
+    <row r="970" spans="1:4">
       <c r="A970" s="4" t="s">
         <v>1794</v>
       </c>
       <c r="B970" s="17" t="s">
         <v>1795</v>
       </c>
       <c r="C970" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D970" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="4" t="s">
         <v>1796</v>
       </c>
       <c r="B971" s="17" t="s">
         <v>1797</v>
       </c>
       <c r="C971" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D971" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="4" t="s">
         <v>1798</v>
       </c>
       <c r="B972" s="17" t="s">
         <v>1799</v>
       </c>
       <c r="C972" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D972" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="973" spans="1:4" ht="24">
+    <row r="973" spans="1:4" ht="22.8">
       <c r="A973" s="4" t="s">
         <v>1800</v>
       </c>
       <c r="B973" s="17" t="s">
         <v>1979</v>
       </c>
       <c r="C973" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D973" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="4" t="s">
         <v>1801</v>
       </c>
       <c r="B974" s="17" t="s">
         <v>1802</v>
       </c>
       <c r="C974" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D974" s="24">
         <v>31509.25</v>
@@ -22267,51 +22265,51 @@
       </c>
       <c r="B975" s="17" t="s">
         <v>1804</v>
       </c>
       <c r="C975" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D975" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="4" t="s">
         <v>1805</v>
       </c>
       <c r="B976" s="17" t="s">
         <v>1806</v>
       </c>
       <c r="C976" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D976" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="977" spans="1:4" ht="24">
+    <row r="977" spans="1:4">
       <c r="A977" s="4" t="s">
         <v>1807</v>
       </c>
       <c r="B977" s="17" t="s">
         <v>1808</v>
       </c>
       <c r="C977" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D977" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="4" t="s">
         <v>1809</v>
       </c>
       <c r="B978" s="17" t="s">
         <v>1810</v>
       </c>
       <c r="C978" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D978" s="24">
         <v>31509.25</v>
@@ -22351,65 +22349,65 @@
       </c>
       <c r="B981" s="17" t="s">
         <v>1816</v>
       </c>
       <c r="C981" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D981" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="4" t="s">
         <v>1817</v>
       </c>
       <c r="B982" s="17" t="s">
         <v>1818</v>
       </c>
       <c r="C982" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D982" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="983" spans="1:4" ht="24">
+    <row r="983" spans="1:4">
       <c r="A983" s="4" t="s">
         <v>1819</v>
       </c>
       <c r="B983" s="17" t="s">
         <v>1820</v>
       </c>
       <c r="C983" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D983" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="984" spans="1:4" ht="24">
+    <row r="984" spans="1:4">
       <c r="A984" s="4" t="s">
         <v>1821</v>
       </c>
       <c r="B984" s="17" t="s">
         <v>1822</v>
       </c>
       <c r="C984" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D984" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="4" t="s">
         <v>1823</v>
       </c>
       <c r="B985" s="17" t="s">
         <v>1824</v>
       </c>
       <c r="C985" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D985" s="24">
         <v>31509.25</v>
@@ -22435,51 +22433,51 @@
       </c>
       <c r="B987" s="17" t="s">
         <v>1828</v>
       </c>
       <c r="C987" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D987" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="4" t="s">
         <v>1829</v>
       </c>
       <c r="B988" s="17" t="s">
         <v>1830</v>
       </c>
       <c r="C988" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D988" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="989" spans="1:4" ht="24">
+    <row r="989" spans="1:4" ht="22.8">
       <c r="A989" s="4" t="s">
         <v>1831</v>
       </c>
       <c r="B989" s="17" t="s">
         <v>1832</v>
       </c>
       <c r="C989" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D989" s="24">
         <v>31588.208333333332</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="4" t="s">
         <v>1833</v>
       </c>
       <c r="B990" s="17" t="s">
         <v>1834</v>
       </c>
       <c r="C990" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D990" s="24">
         <v>31509.25</v>
@@ -22547,93 +22545,93 @@
       </c>
       <c r="B995" s="17" t="s">
         <v>1844</v>
       </c>
       <c r="C995" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D995" s="24">
         <v>31507.25</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="4" t="s">
         <v>1845</v>
       </c>
       <c r="B996" s="17" t="s">
         <v>1846</v>
       </c>
       <c r="C996" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D996" s="24">
         <v>31507.25</v>
       </c>
     </row>
-    <row r="997" spans="1:4" ht="24">
+    <row r="997" spans="1:4" ht="22.8">
       <c r="A997" s="4" t="s">
         <v>1847</v>
       </c>
       <c r="B997" s="17" t="s">
         <v>1848</v>
       </c>
       <c r="C997" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D997" s="24">
         <v>33799.208333333336</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="4" t="s">
         <v>1849</v>
       </c>
       <c r="B998" s="17" t="s">
         <v>1850</v>
       </c>
       <c r="C998" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D998" s="24">
         <v>31493.25</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="4" t="s">
         <v>1851</v>
       </c>
       <c r="B999" s="17" t="s">
         <v>1852</v>
       </c>
       <c r="C999" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D999" s="24">
         <v>33612.25</v>
       </c>
     </row>
-    <row r="1000" spans="1:4" ht="24">
+    <row r="1000" spans="1:4" ht="22.8">
       <c r="A1000" s="4" t="s">
         <v>1853</v>
       </c>
       <c r="B1000" s="17" t="s">
         <v>1854</v>
       </c>
       <c r="C1000" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D1000" s="24">
         <v>31507.25</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="4" t="s">
         <v>1855</v>
       </c>
       <c r="B1001" s="17" t="s">
         <v>1856</v>
       </c>
       <c r="C1001" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D1001" s="24">
         <v>31507.25</v>
@@ -22701,93 +22699,93 @@
       </c>
       <c r="B1006" s="17" t="s">
         <v>1866</v>
       </c>
       <c r="C1006" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D1006" s="24">
         <v>31507.25</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="4" t="s">
         <v>1867</v>
       </c>
       <c r="B1007" s="17" t="s">
         <v>1868</v>
       </c>
       <c r="C1007" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D1007" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="1008" spans="1:4" ht="24">
+    <row r="1008" spans="1:4">
       <c r="A1008" s="4" t="s">
         <v>1869</v>
       </c>
       <c r="B1008" s="17" t="s">
         <v>1870</v>
       </c>
       <c r="C1008" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D1008" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="4" t="s">
         <v>1871</v>
       </c>
       <c r="B1009" s="17" t="s">
         <v>1872</v>
       </c>
       <c r="C1009" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D1009" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="4" t="s">
         <v>1873</v>
       </c>
       <c r="B1010" s="17" t="s">
         <v>1874</v>
       </c>
       <c r="C1010" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D1010" s="24">
         <v>31509.25</v>
       </c>
     </row>
-    <row r="1011" spans="1:4" ht="24">
+    <row r="1011" spans="1:4" ht="22.8">
       <c r="A1011" s="4" t="s">
         <v>1875</v>
       </c>
       <c r="B1011" s="17" t="s">
         <v>1876</v>
       </c>
       <c r="C1011" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D1011" s="24">
         <v>31509.25</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="4" t="s">
         <v>1877</v>
       </c>
       <c r="B1012" s="17" t="s">
         <v>1878</v>
       </c>
       <c r="C1012" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D1012" s="24">
         <v>31509.25</v>
@@ -23317,51 +23315,51 @@
       </c>
       <c r="B1050" s="17" t="s">
         <v>1956</v>
       </c>
       <c r="C1050" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D1050" s="24">
         <v>31457.25</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="4" t="s">
         <v>1957</v>
       </c>
       <c r="B1051" s="17" t="s">
         <v>1958</v>
       </c>
       <c r="C1051" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D1051" s="24">
         <v>31736.25</v>
       </c>
     </row>
-    <row r="1052" spans="1:4" ht="30">
+    <row r="1052" spans="1:4" ht="28.8">
       <c r="A1052" s="8" t="s">
         <v>2045</v>
       </c>
       <c r="B1052" s="8" t="s">
         <v>2046</v>
       </c>
       <c r="C1052" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1052" s="9">
         <v>41983.25</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="8" t="s">
         <v>2047</v>
       </c>
       <c r="B1053" s="8" t="s">
         <v>2048</v>
       </c>
       <c r="C1053" s="8" t="s">
         <v>2049</v>
       </c>
       <c r="D1053" s="9">
         <v>34948.208333333336</v>
@@ -26117,51 +26115,51 @@
       </c>
       <c r="B1250" s="8" t="s">
         <v>2372</v>
       </c>
       <c r="C1250" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1250" s="9">
         <v>35094.25</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="8" t="s">
         <v>2373</v>
       </c>
       <c r="B1251" s="8" t="s">
         <v>2374</v>
       </c>
       <c r="C1251" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1251" s="9">
         <v>34941.208333333336</v>
       </c>
     </row>
-    <row r="1252" spans="1:4" ht="30">
+    <row r="1252" spans="1:4" ht="28.8">
       <c r="A1252" s="8" t="s">
         <v>2375</v>
       </c>
       <c r="B1252" s="8" t="s">
         <v>2376</v>
       </c>
       <c r="C1252" s="8" t="s">
         <v>2377</v>
       </c>
       <c r="D1252" s="9">
         <v>35094.25</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="8" t="s">
         <v>2378</v>
       </c>
       <c r="B1253" s="8" t="s">
         <v>2379</v>
       </c>
       <c r="C1253" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D1253" s="9">
         <v>34984.208333333336</v>
@@ -26215,51 +26213,51 @@
       </c>
       <c r="B1257" s="8" t="s">
         <v>2384</v>
       </c>
       <c r="C1257" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D1257" s="9">
         <v>37056.208333333336</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="10" t="s">
         <v>2386</v>
       </c>
       <c r="B1258" s="8" t="s">
         <v>2387</v>
       </c>
       <c r="C1258" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D1258" s="9">
         <v>37663.25</v>
       </c>
     </row>
-    <row r="1259" spans="1:4" ht="30">
+    <row r="1259" spans="1:4" ht="28.8">
       <c r="A1259" s="10" t="s">
         <v>2388</v>
       </c>
       <c r="B1259" s="8" t="s">
         <v>2389</v>
       </c>
       <c r="C1259" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1259" s="9">
         <v>37820.208333333336</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="10" t="s">
         <v>2390</v>
       </c>
       <c r="B1260" s="8" t="s">
         <v>2391</v>
       </c>
       <c r="C1260" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1260" s="9">
         <v>36385.208333333336</v>
@@ -26369,51 +26367,51 @@
       </c>
       <c r="B1268" s="8" t="s">
         <v>2404</v>
       </c>
       <c r="C1268" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D1268" s="9">
         <v>35942.208333333336</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="10" t="s">
         <v>2405</v>
       </c>
       <c r="B1269" s="8" t="s">
         <v>2406</v>
       </c>
       <c r="C1269" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1269" s="9">
         <v>34990.208333333336</v>
       </c>
     </row>
-    <row r="1270" spans="1:4" ht="30">
+    <row r="1270" spans="1:4" ht="28.8">
       <c r="A1270" s="10" t="s">
         <v>2407</v>
       </c>
       <c r="B1270" s="8" t="s">
         <v>2408</v>
       </c>
       <c r="C1270" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1270" s="9">
         <v>34990.208333333336</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="10" t="s">
         <v>2409</v>
       </c>
       <c r="B1271" s="8" t="s">
         <v>2410</v>
       </c>
       <c r="C1271" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D1271" s="9">
         <v>34990.208333333336</v>
@@ -28413,65 +28411,65 @@
       </c>
       <c r="B1414" s="8" t="s">
         <v>2643</v>
       </c>
       <c r="C1414" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D1414" s="9">
         <v>34942.208333333336</v>
       </c>
     </row>
     <row r="1415" spans="1:4">
       <c r="A1415" s="10" t="s">
         <v>2644</v>
       </c>
       <c r="B1415" s="8" t="s">
         <v>2645</v>
       </c>
       <c r="C1415" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1415" s="9">
         <v>34990.208333333336</v>
       </c>
     </row>
-    <row r="1416" spans="1:4" ht="30">
+    <row r="1416" spans="1:4" ht="28.8">
       <c r="A1416" s="10" t="s">
         <v>2646</v>
       </c>
       <c r="B1416" s="8" t="s">
         <v>2647</v>
       </c>
       <c r="C1416" s="8" t="s">
         <v>556</v>
       </c>
       <c r="D1416" s="9">
         <v>34942.208333333336</v>
       </c>
     </row>
-    <row r="1417" spans="1:4" ht="30">
+    <row r="1417" spans="1:4">
       <c r="A1417" s="10" t="s">
         <v>2648</v>
       </c>
       <c r="B1417" s="8" t="s">
         <v>2649</v>
       </c>
       <c r="C1417" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1417" s="9">
         <v>34942.208333333336</v>
       </c>
     </row>
     <row r="1418" spans="1:4">
       <c r="A1418" s="10" t="s">
         <v>2650</v>
       </c>
       <c r="B1418" s="8" t="s">
         <v>2651</v>
       </c>
       <c r="C1418" s="8" t="s">
         <v>507</v>
       </c>
       <c r="D1418" s="9">
         <v>34942.208333333336</v>
@@ -28511,51 +28509,51 @@
       </c>
       <c r="B1421" s="8" t="s">
         <v>2393</v>
       </c>
       <c r="C1421" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1421" s="9">
         <v>33512.208333333336</v>
       </c>
     </row>
     <row r="1422" spans="1:4">
       <c r="A1422" s="10" t="s">
         <v>2656</v>
       </c>
       <c r="B1422" s="8" t="s">
         <v>2393</v>
       </c>
       <c r="C1422" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D1422" s="9">
         <v>33512.208333333336</v>
       </c>
     </row>
-    <row r="1423" spans="1:4" ht="30">
+    <row r="1423" spans="1:4" ht="28.8">
       <c r="A1423" s="10" t="s">
         <v>2657</v>
       </c>
       <c r="B1423" s="8" t="s">
         <v>2658</v>
       </c>
       <c r="C1423" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D1423" s="9">
         <v>34625.208333333336</v>
       </c>
     </row>
     <row r="1424" spans="1:4">
       <c r="A1424" s="10" t="s">
         <v>2659</v>
       </c>
       <c r="B1424" s="8" t="s">
         <v>2660</v>
       </c>
       <c r="C1424" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D1424" s="9">
         <v>34942.208333333336</v>
@@ -28571,63 +28569,63 @@
       <c r="C1425" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D1425" s="9">
         <v>36965.25</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:D1051">
     <sortCondition ref="A967"/>
   </sortState>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D566"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>